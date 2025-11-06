--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1,720 +1,1017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="03E427D2" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="50931CD6" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:pStyle w:val="af0"/>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="2B58CA63" wp14:editId="7F4F619B">
-            <wp:extent cx="2077403" cy="821108"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A948564" wp14:editId="4ECE1E1A">
+            <wp:extent cx="2077720" cy="821055"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="image1.png" descr="Изображение выглядит как Шрифт, Графика, снимок экрана, логотип&#10;&#10;Содержимое, созданное искусственным интеллектом, может быть неверным."/>
-            <wp:cNvGraphicFramePr/>
+            <wp:docPr id="1" name="image1.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="image1.png" descr="Изображение выглядит как Шрифт, Графика, снимок экрана, логотип&#10;&#10;Содержимое, созданное искусственным интеллектом, может быть неверным."/>
-                    <pic:cNvPicPr preferRelativeResize="0"/>
+                    <pic:cNvPr id="1" name="image1.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2077403" cy="821108"/>
+                      <a:ext cx="2077720" cy="821055"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln/>
+                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10230" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10028" w:type="dxa"/>
+        <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4509"/>
-        <w:gridCol w:w="5721"/>
+        <w:gridCol w:w="4484"/>
+        <w:gridCol w:w="5544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w14:paraId="1943D5E9" w14:textId="77777777" w:rsidTr="005D5B56">
+      <w:tr w:rsidR="000C6E46" w14:paraId="188C8031" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="3328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcW w:w="4484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D84D66" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="36C6181B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>МИНИСТЕРСТВО НАУКИ И ВЫСШЕГО ОБРАЗОВАНИЯ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68979FE5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+            <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>МИНИСТЕРСТВО НАУКИ И ВЫСШЕГО ОБРАЗОВАНИЯ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
-[...9 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6199AC6E" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="1BDDF719" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
+              <w:t>федеральное государственное автономное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D5D4AEE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>федеральное государственное автономное</w:t>
+              <w:t>образовательное учреждение высшего образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F78E415" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="6F1065EC" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
+              <w:t>«Национальный исследовательский университет ИТМО»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63230A4A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>образовательное учреждение высшего образования</w:t>
+              <w:t>(Университет ИТМО)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BD2D797" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="524EA6F4" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="22A58D28" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="2E67B1F6" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...25 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кронверкский пр-т, д. 49, лит. А,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="221680F7" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="5B23039B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Санкт-Петербург, Россия, 197101</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="545E3AF4" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="694E37F5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Тел.: (812) 232-97-04 | Факс: (812) 232-23-07</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E087776" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="002F0B12" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="78C5AC5C" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRPr="00902C37" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>od@itmo.ru | itmo.ru</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52723703" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+            <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>od@itmo.ru | itmo.ru</w:t>
-[...9 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38BC61C6" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="002F0B12" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="02B55605" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRPr="00902C37" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F0B12">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>__________________№__________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5721" w:type="dxa"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFFC46B" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="005D5B56">
+          <w:p w14:paraId="01B1AED3" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:ind w:left="1559"/>
-              <w:jc w:val="right"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="427"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00385F4B">
+              </w:rPr>
+              <w:t>(Наименование компании)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:br/>
+              <w:t>Должность подписанта компании</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE53F8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>Директору САО РАН</w:t>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ФИО </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Валявину</w:t>
+              </w:rPr>
+              <w:t>подписанта  компании</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...16 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A7216A5" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="611E905E" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">           Об организации практики  </w:t>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DBB153" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="6C953DAE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
       <w:pPr>
         <w:ind w:right="5244"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="808080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="382EA0E2" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="346C3A8B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FDECEDF" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
-[...36 lines deleted...]
-    <w:p w14:paraId="63BFF966" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="370EA36A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       Уважаемый/-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ио</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адресанта компании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="double"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479FE6D5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56CFB2A4" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="5C67649A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="427" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу Вас рассмотреть возможность организации практики в _________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наименование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>компании)  для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> студента ____________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ФИО </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>студента)  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(номер курса) курса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t>бакалавриата/магистратуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по направлению «______», по образовательной программе «__________________». </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79052FB1" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="058B3F04" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="427" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.5el7mw3g12k2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки практики: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________ по ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FD327A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57038BA4" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="11864ABD" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
       <w:pPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67EDF505" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE53F8">
-[...5 lines deleted...]
-        <w:t>Директор центра карьеры обучающихся</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Начальник управления проектирования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E10F376" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRPr="00FE53F8" w:rsidRDefault="00385F4B" w:rsidP="00385F4B">
+    <w:p w14:paraId="2EDDC225" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE53F8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Университета ИТМО                                                                             </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и реализации образовательных программ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6DCC8D" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Университета ИТМО                                                                         </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FE53F8">
-[...5 lines deleted...]
-        <w:t>А.И.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В.Г.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00FE53F8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Романенко</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Андрусенко</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE30125" w14:textId="77777777" w:rsidR="006231D3" w:rsidRDefault="006231D3"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId5"/>
+    <w:p w14:paraId="6B4CFF28" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E59BBE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000C6E46">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="170" w:right="720" w:bottom="340" w:left="720" w:header="284" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="152" w:bottom="1134" w:left="1701" w:header="284" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="19C5E676" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6BAAF170" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0004020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2AE43DF5" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="04E5F205" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B6BE4C0" w14:textId="77777777" w:rsidR="00385F4B" w:rsidRDefault="00385F4B">
+  <w:p w14:paraId="55A21ABB" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      </w:pBdr>
+      <w:pStyle w:val="a4"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="590BF0CF" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="-284"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="487C7ABC" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-284"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="147"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:autoHyphenation/>
+  <w:hyphenationZone w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00385F4B"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D45962"/>
+    <w:rsidRoot w:val="000C6E46"/>
+    <w:rsid w:val="000C6E46"/>
+    <w:rsid w:val="002121F0"/>
+    <w:rsid w:val="00534C1C"/>
+    <w:rsid w:val="00902C37"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4A4CBAD2"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{AFC9FB7D-BBF6-3140-9E66-AD2227208F01}"/>
+  <w14:docId w14:val="624A9056"/>
+  <w15:docId w15:val="{1AB57BA8-3BE9-8747-BCB5-A44D72EC4F74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1055,963 +1352,657 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...87 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Заголовок 1 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00385F4B"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB41A3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB41A3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB41A3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00385F4B"/>
+    <w:qFormat/>
+    <w:rsid w:val="00045FE9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...5 lines deleted...]
-    <w:rsid w:val="00385F4B"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="ab"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="140"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="ab"/>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="user">
+    <w:name w:val="Заголовок (user)"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="ab"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Lucida Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...78 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="user0">
+    <w:name w:val="Указатель (user)"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00385F4B"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
+      <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="user1">
+    <w:name w:val="Колонтитулы (user)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Колонтитулы"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="a3"/>
-    <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00385F4B"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FB41A3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FB41A3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB41A3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D33398"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00385F4B"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...6 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...134 lines deleted...]
-    </w:rPr>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="user2">
+    <w:name w:val="Без списка (user)"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:styleId="af2">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00065856"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
+          <a:tileRect/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
+          <a:tileRect/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...5 lines deleted...]
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+          <a:tileRect/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+          <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData roundtripDataSignature="AMtx7mg0RNY0tw15RsdYQN5awVfsmqp09Q==">CgMxLjAyCGguZ2pkZ3hzMg5oLjVlbDdtdzNnMTJrMjgAciExWFRUbnRfaG1QaTlST3NaWXNZYmJiNjVJY0R4N2FjVHk=</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>149</Words>
-  <Characters>851</Characters>
+  <Words>158</Words>
+  <Characters>901</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>999</CharactersWithSpaces>
+  <CharactersWithSpaces>1057</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Мартыненко Константин Валерьевич</dc:creator>
-  <cp:keywords/>
+  <dc:creator>deus-ex-mashina</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>