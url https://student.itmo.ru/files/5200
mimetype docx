--- v1 (2025-11-06)
+++ v2 (2026-02-27)
@@ -6,995 +6,937 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50931CD6" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E5444F4" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:pStyle w:val="af0"/>
+        <w:pStyle w:val="af1"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A948564" wp14:editId="4ECE1E1A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77CA9790" wp14:editId="322556DD">
             <wp:extent cx="2077720" cy="821055"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="image1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2077720" cy="821055"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10028" w:type="dxa"/>
         <w:tblInd w:w="9" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4484"/>
-        <w:gridCol w:w="5544"/>
+        <w:gridCol w:w="4483"/>
+        <w:gridCol w:w="5545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C6E46" w14:paraId="188C8031" w14:textId="77777777">
+      <w:tr w:rsidR="00D30112" w14:paraId="72F2EFC5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="3328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:tcW w:w="4483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36C6181B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="11E62C92" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>МИНИСТЕРСТВО НАУКИ И ВЫСШЕГО ОБРАЗОВАНИЯ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68979FE5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+          <w:p w14:paraId="46488E0B" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BDDF719" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="687E0DE4" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>федеральное государственное автономное</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D5D4AEE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="46E7D21F" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>образовательное учреждение высшего образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F1065EC" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4674D77D" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>«Национальный исследовательский университет ИТМО»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63230A4A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0B7BA34A" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>(Университет ИТМО)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524EA6F4" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+          <w:p w14:paraId="21340F4C" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E67B1F6" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="653BA00A" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кронверкский пр-т, д. 49, лит. А,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B23039B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B7779C6" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Санкт-Петербург, Россия, 197101</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="694E37F5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7187681C" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Тел.: (812) 232-97-04 | Факс: (812) 232-23-07</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78C5AC5C" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRPr="00902C37" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72B1E970" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>od@itmo.ru | itmo.ru</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52723703" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+          <w:p w14:paraId="2E5563DA" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02B55605" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRPr="00902C37" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1CE466E8" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="143" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>__________________№__________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B1AED3" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+          <w:p w14:paraId="014C9B6A" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="427"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(Наименование компании)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
               <w:t>Должность подписанта компании</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">ФИО </w:t>
+              <w:t>ФИО подписанта  компании</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="611E905E" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CE55698" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C953DAE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="3537FE87" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:ind w:right="5244"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="808080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="346C3A8B" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="402C5DE1" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="370EA36A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="011A5C9B" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                       Уважаемый/-</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> адресанта компании</w:t>
+        <w:t xml:space="preserve">                                       Уважаемый/-ая (ио адресанта компании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="double"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479FE6D5" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="6B5F4DF1" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C67649A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="423E1A20" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="427" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Прошу Вас рассмотреть возможность организации практики в _________</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">(номер курса) курса </w:t>
+        <w:t xml:space="preserve">Прошу Вас рассмотреть возможность организации практики в __________(наименование компании)  для студента _____________(ФИО студента)  _(номер курса) курса </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t>бакалавриата/магистратуры</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> по направлению «______», по образовательной программе «__________________». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058B3F04" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="637D2181" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="427" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_heading=h.5el7mw3g12k2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сроки практики: </w:t>
-[...17 lines deleted...]
-        <w:t>_________ по ________________</w:t>
+        <w:t>Сроки практики: с  __________ по ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49FD327A" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="527B3092" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11864ABD" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="5B0341A8" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67EDF505" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26FAA419" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель образовательных проектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> департамента образовательной деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Университета ИТМО                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>К. И. Ключко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7876134B" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2EDDC225" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="00000000">
-[...60 lines deleted...]
-    <w:p w14:paraId="03E59BBE" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+    <w:p w14:paraId="64CF17A2" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="221"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000C6E46">
+    <w:sectPr w:rsidR="00D30112">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="152" w:bottom="1134" w:left="1701" w:header="284" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="100" w:charSpace="4096"/>
+      <w:docGrid w:linePitch="100" w:charSpace="8192"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19C5E676" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+    <w:p w14:paraId="3C48C93C" w14:textId="77777777" w:rsidR="00265BA9" w:rsidRDefault="00265BA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BAAF170" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+    <w:p w14:paraId="3A38577D" w14:textId="77777777" w:rsidR="00265BA9" w:rsidRDefault="00265BA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AE43DF5" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+    <w:p w14:paraId="295578D9" w14:textId="77777777" w:rsidR="00265BA9" w:rsidRDefault="00265BA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04E5F205" w14:textId="77777777" w:rsidR="002121F0" w:rsidRDefault="002121F0">
+    <w:p w14:paraId="4888E15A" w14:textId="77777777" w:rsidR="00265BA9" w:rsidRDefault="00265BA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="55A21ABB" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+  <w:p w14:paraId="16843ACC" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="590BF0CF" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+  <w:p w14:paraId="788089E0" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-284"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="487C7ABC" w14:textId="77777777" w:rsidR="000C6E46" w:rsidRDefault="000C6E46">
+  <w:p w14:paraId="1F0B8D46" w14:textId="77777777" w:rsidR="00D30112" w:rsidRDefault="00D30112">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-284"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="147"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
-  <w:hyphenationZone w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C6E46"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00902C37"/>
+    <w:rsidRoot w:val="00D30112"/>
+    <w:rsid w:val="001A1889"/>
+    <w:rsid w:val="00265BA9"/>
+    <w:rsid w:val="00D30112"/>
+    <w:rsid w:val="00FA3581"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="624A9056"/>
-  <w15:docId w15:val="{1AB57BA8-3BE9-8747-BCB5-A44D72EC4F74}"/>
+  <w14:docId w14:val="7F11C787"/>
+  <w15:docId w15:val="{00C31C9B-C4E3-A644-A843-C7A8C8B667F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1542,141 +1484,141 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00FB41A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00045FE9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="aa"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Lucida Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
-    <w:name w:val="Title"/>
-[...15 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:after="140"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List"/>
-    <w:basedOn w:val="ab"/>
+    <w:basedOn w:val="aa"/>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="aa"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="user">
-[...29 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
     <w:name w:val="Колонтитулы"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Колонтитул"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB41A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -1686,92 +1628,92 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB41A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:rsid w:val="00D33398"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="user2">
-    <w:name w:val="Без списка (user)"/>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Без списка"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="table" w:styleId="af2">
+  <w:style w:type="table" w:styleId="af4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00065856"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
@@ -1955,54 +1897,54 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData roundtripDataSignature="AMtx7mg0RNY0tw15RsdYQN5awVfsmqp09Q==">CgMxLjAyCGguZ2pkZ3hzMg5oLjVlbDdtdzNnMTJrMjgAciExWFRUbnRfaG1QaTlST3NaWXNZYmJiNjVJY0R4N2FjVHk=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>901</Characters>
+  <Words>93</Words>
+  <Characters>827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1057</CharactersWithSpaces>
+  <CharactersWithSpaces>1048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>deus-ex-mashina</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>